--- v0 (2026-02-03)
+++ v1 (2026-03-17)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PR3 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="445" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="32">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>NUMBER OF USERS BY PAYMENT INSTRUMENT - year 2025
 </t>
   </si>
   <si>
     <t>As at 31 January</t>
   </si>
   <si>
     <t>As at 28 February</t>
   </si>
   <si>
     <t>As at 31 March</t>
@@ -87,69 +87,75 @@
   <si>
     <t>As at 31 October</t>
   </si>
   <si>
     <t>As at 30 November</t>
   </si>
   <si>
     <t>As at 31 December</t>
   </si>
   <si>
     <t>Transaction account</t>
   </si>
   <si>
     <t>Another payment account</t>
   </si>
   <si>
     <t> CONSUMER</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>   Internet</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t>   Telebanking</t>
   </si>
   <si>
     <t>   Mobile phone</t>
   </si>
   <si>
     <t>   E-bill</t>
   </si>
   <si>
     <t>   Standing order</t>
   </si>
   <si>
     <t>   Direct debit</t>
   </si>
   <si>
     <t>   Other</t>
   </si>
   <si>
     <t> NON-CONSUMER</t>
+  </si>
+  <si>
+    <t>*data have been revised from the previous release</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -523,51 +529,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AW26"/>
+  <dimension ref="A1:AW27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="23" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="23" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="23" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="23" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="23" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="23" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
     <col min="14" max="14" width="23" customWidth="1"/>
     <col min="15" max="15" width="4" customWidth="1"/>
     <col min="16" max="16" width="23" customWidth="1"/>
     <col min="17" max="17" width="4" customWidth="1"/>
     <col min="18" max="18" width="23" customWidth="1"/>
     <col min="19" max="19" width="4" customWidth="1"/>
     <col min="20" max="20" width="23" customWidth="1"/>
@@ -997,89 +1003,89 @@
       <c r="AD12" s="10">
         <v>2683589</v>
       </c>
       <c r="AE12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF12" s="10">
         <v>51225</v>
       </c>
       <c r="AG12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH12" s="10">
         <v>2696635</v>
       </c>
       <c r="AI12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ12" s="10">
         <v>51338</v>
       </c>
       <c r="AK12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL12" s="10">
-        <v/>
+        <v>2707369</v>
       </c>
       <c r="AM12" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN12" s="10">
-        <v/>
+        <v>51470</v>
       </c>
       <c r="AO12" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AP12" s="10">
-        <v/>
+        <v>2715585</v>
       </c>
       <c r="AQ12" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR12" s="10">
-        <v/>
+        <v>51464</v>
       </c>
       <c r="AS12" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AT12" s="10">
-        <v/>
+        <v>2724170</v>
       </c>
       <c r="AU12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV12" s="10">
-        <v/>
+        <v>51586</v>
       </c>
       <c r="AW12" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:49">
       <c r="A13" t="s" s="9">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B13" s="10">
         <v/>
       </c>
       <c r="C13" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D13" s="10">
         <v/>
       </c>
       <c r="E13" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F13" s="10">
         <v/>
       </c>
       <c r="G13" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H13" s="10">
         <v/>
       </c>
       <c r="I13" t="s" s="9">
         <v>21</v>
       </c>
@@ -1184,51 +1190,51 @@
       </c>
       <c r="AQ13" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR13" s="10">
         <v/>
       </c>
       <c r="AS13" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT13" s="10">
         <v/>
       </c>
       <c r="AU13" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV13" s="10">
         <v/>
       </c>
       <c r="AW13" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:49">
       <c r="A14" t="s" s="9">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B14" s="10">
         <v>2514587</v>
       </c>
       <c r="C14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D14" s="10">
         <v>15383</v>
       </c>
       <c r="E14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F14" s="10">
         <v>2522940</v>
       </c>
       <c r="G14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H14" s="10">
         <v>14952</v>
       </c>
       <c r="I14" t="s" s="9">
         <v>21</v>
       </c>
@@ -1295,89 +1301,89 @@
       <c r="AD14" s="10">
         <v>2570830</v>
       </c>
       <c r="AE14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF14" s="10">
         <v>11004</v>
       </c>
       <c r="AG14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH14" s="10">
         <v>2583995</v>
       </c>
       <c r="AI14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ14" s="10">
         <v>11029</v>
       </c>
       <c r="AK14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL14" s="10">
-        <v/>
+        <v>2594861</v>
       </c>
       <c r="AM14" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN14" s="10">
-        <v/>
+        <v>11050</v>
       </c>
       <c r="AO14" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AP14" s="10">
-        <v/>
+        <v>2603263</v>
       </c>
       <c r="AQ14" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR14" s="10">
-        <v/>
+        <v>11064</v>
       </c>
       <c r="AS14" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AT14" s="10">
-        <v/>
+        <v>2611538</v>
       </c>
       <c r="AU14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV14" s="10">
-        <v/>
+        <v>11072</v>
       </c>
       <c r="AW14" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:49">
       <c r="A15" t="s" s="9">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B15" s="10">
         <v>44934</v>
       </c>
       <c r="C15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D15" s="10">
         <v>775</v>
       </c>
       <c r="E15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F15" s="10">
         <v>45028</v>
       </c>
       <c r="G15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H15" s="10">
         <v>775</v>
       </c>
       <c r="I15" t="s" s="9">
         <v>21</v>
       </c>
@@ -1444,89 +1450,89 @@
       <c r="AD15" s="10">
         <v>45287</v>
       </c>
       <c r="AE15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF15" s="10">
         <v>770</v>
       </c>
       <c r="AG15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH15" s="10">
         <v>45388</v>
       </c>
       <c r="AI15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ15" s="10">
         <v>767</v>
       </c>
       <c r="AK15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL15" s="10">
-        <v/>
+        <v>45439</v>
       </c>
       <c r="AM15" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN15" s="10">
-        <v/>
+        <v>767</v>
       </c>
       <c r="AO15" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AP15" s="10">
-        <v/>
+        <v>45462</v>
       </c>
       <c r="AQ15" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR15" s="10">
-        <v/>
+        <v>766</v>
       </c>
       <c r="AS15" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AT15" s="10">
-        <v/>
+        <v>45536</v>
       </c>
       <c r="AU15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV15" s="10">
-        <v/>
+        <v>762</v>
       </c>
       <c r="AW15" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:49">
       <c r="A16" t="s" s="9">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B16" s="10">
         <v>1454590</v>
       </c>
       <c r="C16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D16" s="10">
         <v>289</v>
       </c>
       <c r="E16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F16" s="10">
         <v>1458153</v>
       </c>
       <c r="G16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H16" s="10">
         <v>287</v>
       </c>
       <c r="I16" t="s" s="9">
         <v>21</v>
       </c>
@@ -1593,89 +1599,89 @@
       <c r="AD16" s="10">
         <v>1472344</v>
       </c>
       <c r="AE16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF16" s="10">
         <v>266</v>
       </c>
       <c r="AG16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH16" s="10">
         <v>1474431</v>
       </c>
       <c r="AI16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ16" s="10">
         <v>264</v>
       </c>
       <c r="AK16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL16" s="10">
-        <v/>
+        <v>1476141</v>
       </c>
       <c r="AM16" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN16" s="10">
-        <v/>
+        <v>259</v>
       </c>
       <c r="AO16" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AP16" s="10">
-        <v/>
+        <v>1477420</v>
       </c>
       <c r="AQ16" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR16" s="10">
-        <v/>
+        <v>257</v>
       </c>
       <c r="AS16" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AT16" s="10">
-        <v/>
+        <v>1476253</v>
       </c>
       <c r="AU16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV16" s="10">
-        <v/>
+        <v>249</v>
       </c>
       <c r="AW16" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:49">
       <c r="A17" t="s" s="9">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B17" s="10">
         <v>552844</v>
       </c>
       <c r="C17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D17" s="10">
         <v>1</v>
       </c>
       <c r="E17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F17" s="10">
         <v>551922</v>
       </c>
       <c r="G17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H17" s="10">
         <v>1</v>
       </c>
       <c r="I17" t="s" s="9">
         <v>21</v>
       </c>
@@ -1742,89 +1748,89 @@
       <c r="AD17" s="10">
         <v>522550</v>
       </c>
       <c r="AE17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF17" s="10">
         <v/>
       </c>
       <c r="AG17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH17" s="10">
         <v>521989</v>
       </c>
       <c r="AI17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ17" s="10">
         <v/>
       </c>
       <c r="AK17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL17" s="10">
-        <v/>
+        <v>521068</v>
       </c>
       <c r="AM17" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN17" s="10">
         <v/>
       </c>
       <c r="AO17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP17" s="10">
-        <v/>
+        <v>520096</v>
       </c>
       <c r="AQ17" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR17" s="10">
         <v/>
       </c>
       <c r="AS17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT17" s="10">
-        <v/>
+        <v>516609</v>
       </c>
       <c r="AU17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV17" s="10">
         <v/>
       </c>
       <c r="AW17" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:49">
       <c r="A18" t="s" s="9">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B18" s="10">
         <v>9050</v>
       </c>
       <c r="C18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D18" s="10">
         <v/>
       </c>
       <c r="E18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F18" s="10">
         <v>9065</v>
       </c>
       <c r="G18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H18" s="10">
         <v/>
       </c>
       <c r="I18" t="s" s="9">
         <v>21</v>
       </c>
@@ -1891,89 +1897,89 @@
       <c r="AD18" s="10">
         <v>9046</v>
       </c>
       <c r="AE18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF18" s="10">
         <v/>
       </c>
       <c r="AG18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH18" s="10">
         <v>9043</v>
       </c>
       <c r="AI18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ18" s="10">
         <v/>
       </c>
       <c r="AK18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL18" s="10">
-        <v/>
+        <v>9036</v>
       </c>
       <c r="AM18" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN18" s="10">
         <v/>
       </c>
       <c r="AO18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP18" s="10">
-        <v/>
+        <v>9027</v>
       </c>
       <c r="AQ18" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR18" s="10">
         <v/>
       </c>
       <c r="AS18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT18" s="10">
-        <v/>
+        <v>9068</v>
       </c>
       <c r="AU18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV18" s="10">
         <v/>
       </c>
       <c r="AW18" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:49">
       <c r="A19" t="s" s="7">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B19" s="8">
         <v/>
       </c>
       <c r="C19" t="s" s="7">
         <v>21</v>
       </c>
       <c r="D19" s="8">
         <v/>
       </c>
       <c r="E19" t="s" s="7">
         <v>21</v>
       </c>
       <c r="F19" s="8">
         <v/>
       </c>
       <c r="G19" t="s" s="7">
         <v>21</v>
       </c>
       <c r="H19" s="8">
         <v/>
       </c>
       <c r="I19" t="s" s="7">
         <v>21</v>
       </c>
@@ -2081,346 +2087,346 @@
       </c>
       <c r="AR19" s="8">
         <v/>
       </c>
       <c r="AS19" t="s" s="7">
         <v>21</v>
       </c>
       <c r="AT19" s="8">
         <v/>
       </c>
       <c r="AU19" t="s" s="7">
         <v>21</v>
       </c>
       <c r="AV19" s="8">
         <v/>
       </c>
       <c r="AW19" t="s" s="7">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:49">
       <c r="A20" t="s" s="9">
         <v>22</v>
       </c>
       <c r="B20" s="10">
-        <v>339633</v>
+        <v>339666</v>
       </c>
       <c r="C20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D20" s="10">
         <v>701</v>
       </c>
       <c r="E20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F20" s="10">
-        <v>340221</v>
+        <v>340254</v>
       </c>
       <c r="G20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H20" s="10">
         <v>702</v>
       </c>
       <c r="I20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="J20" s="10">
-        <v>341304</v>
+        <v>341337</v>
       </c>
       <c r="K20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L20" s="10">
         <v>703</v>
       </c>
       <c r="M20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="N20" s="10">
-        <v>344856</v>
+        <v>344889</v>
       </c>
       <c r="O20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="P20" s="10">
         <v>712</v>
       </c>
       <c r="Q20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="R20" s="10">
-        <v>345899</v>
+        <v>345932</v>
       </c>
       <c r="S20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="T20" s="10">
         <v>709</v>
       </c>
       <c r="U20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V20" s="10">
-        <v>347310</v>
+        <v>347343</v>
       </c>
       <c r="W20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="X20" s="10">
         <v>717</v>
       </c>
       <c r="Y20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z20" s="10">
-        <v>347967</v>
+        <v>348000</v>
       </c>
       <c r="AA20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AB20" s="10">
         <v>721</v>
       </c>
       <c r="AC20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD20" s="10">
-        <v>347516</v>
+        <v>347549</v>
       </c>
       <c r="AE20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AF20" s="10">
         <v>722</v>
       </c>
       <c r="AG20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH20" s="10">
-        <v>348059</v>
+        <v>348092</v>
       </c>
       <c r="AI20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AJ20" s="10">
         <v>730</v>
       </c>
       <c r="AK20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL20" s="10">
-        <v/>
+        <v>348901</v>
       </c>
       <c r="AM20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN20" s="10">
-        <v/>
+        <v>732</v>
       </c>
       <c r="AO20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AP20" s="10">
-        <v/>
+        <v>349786</v>
       </c>
       <c r="AQ20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR20" s="10">
-        <v/>
+        <v>737</v>
       </c>
       <c r="AS20" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AT20" s="10">
-        <v/>
+        <v>350238</v>
       </c>
       <c r="AU20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV20" s="10">
-        <v/>
+        <v>740</v>
       </c>
       <c r="AW20" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:49">
       <c r="A21" t="s" s="9">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="C21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D21" s="10">
         <v/>
       </c>
       <c r="E21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="G21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H21" s="10">
         <v/>
       </c>
       <c r="I21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="J21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="K21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L21" s="10">
         <v/>
       </c>
       <c r="M21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="N21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="O21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="P21" s="10">
         <v/>
       </c>
       <c r="Q21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="R21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="S21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="T21" s="10">
         <v/>
       </c>
       <c r="U21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="W21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="X21" s="10">
         <v/>
       </c>
       <c r="Y21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="AA21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AB21" s="10">
         <v/>
       </c>
       <c r="AC21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="AE21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AF21" s="10">
         <v/>
       </c>
       <c r="AG21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH21" s="10">
-        <v>33</v>
+        <v/>
       </c>
       <c r="AI21" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AJ21" s="10">
         <v/>
       </c>
       <c r="AK21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL21" s="10">
         <v/>
       </c>
       <c r="AM21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN21" s="10">
         <v/>
       </c>
       <c r="AO21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP21" s="10">
         <v/>
       </c>
       <c r="AQ21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR21" s="10">
         <v/>
       </c>
       <c r="AS21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT21" s="10">
         <v/>
       </c>
       <c r="AU21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV21" s="10">
         <v/>
       </c>
       <c r="AW21" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:49">
       <c r="A22" t="s" s="9">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B22" s="10">
         <v>270831</v>
       </c>
       <c r="C22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D22" s="10">
         <v>469</v>
       </c>
       <c r="E22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F22" s="10">
         <v>272849</v>
       </c>
       <c r="G22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H22" s="10">
         <v>474</v>
       </c>
       <c r="I22" t="s" s="9">
         <v>21</v>
       </c>
@@ -2487,89 +2493,89 @@
       <c r="AD22" s="10">
         <v>286742</v>
       </c>
       <c r="AE22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF22" s="10">
         <v>497</v>
       </c>
       <c r="AG22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH22" s="10">
         <v>289069</v>
       </c>
       <c r="AI22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ22" s="10">
         <v>512</v>
       </c>
       <c r="AK22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL22" s="10">
-        <v/>
+        <v>291241</v>
       </c>
       <c r="AM22" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN22" s="10">
-        <v/>
+        <v>520</v>
       </c>
       <c r="AO22" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AP22" s="10">
-        <v/>
+        <v>293858</v>
       </c>
       <c r="AQ22" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR22" s="10">
-        <v/>
+        <v>526</v>
       </c>
       <c r="AS22" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AT22" s="10">
-        <v/>
+        <v>295316</v>
       </c>
       <c r="AU22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV22" s="10">
-        <v/>
+        <v>531</v>
       </c>
       <c r="AW22" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:49">
       <c r="A23" t="s" s="9">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B23" s="10">
         <v>911</v>
       </c>
       <c r="C23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D23" s="10">
         <v/>
       </c>
       <c r="E23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F23" s="10">
         <v>913</v>
       </c>
       <c r="G23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H23" s="10">
         <v/>
       </c>
       <c r="I23" t="s" s="9">
         <v>21</v>
       </c>
@@ -2636,89 +2642,89 @@
       <c r="AD23" s="10">
         <v>938</v>
       </c>
       <c r="AE23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF23" s="10">
         <v/>
       </c>
       <c r="AG23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH23" s="10">
         <v>943</v>
       </c>
       <c r="AI23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ23" s="10">
         <v/>
       </c>
       <c r="AK23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL23" s="10">
-        <v/>
+        <v>956</v>
       </c>
       <c r="AM23" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN23" s="10">
         <v/>
       </c>
       <c r="AO23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP23" s="10">
-        <v/>
+        <v>976</v>
       </c>
       <c r="AQ23" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR23" s="10">
         <v/>
       </c>
       <c r="AS23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT23" s="10">
-        <v/>
+        <v>1107</v>
       </c>
       <c r="AU23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV23" s="10">
         <v/>
       </c>
       <c r="AW23" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:49">
       <c r="A24" t="s" s="9">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B24" s="10">
         <v>20508</v>
       </c>
       <c r="C24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D24" s="10">
         <v/>
       </c>
       <c r="E24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F24" s="10">
         <v>20768</v>
       </c>
       <c r="G24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H24" s="10">
         <v/>
       </c>
       <c r="I24" t="s" s="9">
         <v>21</v>
       </c>
@@ -2785,89 +2791,89 @@
       <c r="AD24" s="10">
         <v>22435</v>
       </c>
       <c r="AE24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF24" s="10">
         <v/>
       </c>
       <c r="AG24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH24" s="10">
         <v>22670</v>
       </c>
       <c r="AI24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ24" s="10">
         <v/>
       </c>
       <c r="AK24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL24" s="10">
-        <v/>
+        <v>22912</v>
       </c>
       <c r="AM24" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN24" s="10">
         <v/>
       </c>
       <c r="AO24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP24" s="10">
-        <v/>
+        <v>23145</v>
       </c>
       <c r="AQ24" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR24" s="10">
         <v/>
       </c>
       <c r="AS24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT24" s="10">
-        <v/>
+        <v>23397</v>
       </c>
       <c r="AU24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV24" s="10">
         <v/>
       </c>
       <c r="AW24" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:49">
       <c r="A25" t="s" s="9">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B25" s="10">
         <v>2252</v>
       </c>
       <c r="C25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D25" s="10">
         <v/>
       </c>
       <c r="E25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F25" s="10">
         <v>2211</v>
       </c>
       <c r="G25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H25" s="10">
         <v/>
       </c>
       <c r="I25" t="s" s="9">
         <v>21</v>
       </c>
@@ -2934,89 +2940,89 @@
       <c r="AD25" s="10">
         <v>450</v>
       </c>
       <c r="AE25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF25" s="10">
         <v/>
       </c>
       <c r="AG25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH25" s="10">
         <v>455</v>
       </c>
       <c r="AI25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ25" s="10">
         <v/>
       </c>
       <c r="AK25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL25" s="10">
-        <v/>
+        <v>462</v>
       </c>
       <c r="AM25" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN25" s="10">
         <v/>
       </c>
       <c r="AO25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP25" s="10">
-        <v/>
+        <v>450</v>
       </c>
       <c r="AQ25" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR25" s="10">
         <v/>
       </c>
       <c r="AS25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT25" s="10">
-        <v/>
+        <v>457</v>
       </c>
       <c r="AU25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV25" s="10">
         <v/>
       </c>
       <c r="AW25" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:49">
       <c r="A26" t="s" s="9">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B26" s="10">
         <v>265</v>
       </c>
       <c r="C26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D26" s="10">
         <v>7</v>
       </c>
       <c r="E26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F26" s="10">
         <v>272</v>
       </c>
       <c r="G26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H26" s="10">
         <v>7</v>
       </c>
       <c r="I26" t="s" s="9">
         <v>21</v>
       </c>
@@ -3083,84 +3089,89 @@
       <c r="AD26" s="10">
         <v>272</v>
       </c>
       <c r="AE26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF26" s="10">
         <v>7</v>
       </c>
       <c r="AG26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH26" s="10">
         <v>273</v>
       </c>
       <c r="AI26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ26" s="10">
         <v>7</v>
       </c>
       <c r="AK26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL26" s="10">
-        <v/>
+        <v>274</v>
       </c>
       <c r="AM26" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AN26" s="10">
-        <v/>
+        <v>7</v>
       </c>
       <c r="AO26" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AP26" s="10">
-        <v/>
+        <v>271</v>
       </c>
       <c r="AQ26" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AR26" s="10">
-        <v/>
+        <v>7</v>
       </c>
       <c r="AS26" t="s" s="9">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AT26" s="10">
-        <v/>
+        <v>282</v>
       </c>
       <c r="AU26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV26" s="10">
-        <v/>
+        <v>7</v>
       </c>
       <c r="AW26" t="s" s="9">
         <v>21</v>
+      </c>
+    </row>
+    <row r="27" spans="1:49">
+      <c r="A27" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="45">
     <mergeCell ref="A1:AW1"/>
     <mergeCell ref="A2:AW2"/>
     <mergeCell ref="A3:AW3"/>
     <mergeCell ref="A4:AW4"/>
     <mergeCell ref="A5:AW5"/>
     <mergeCell ref="A6:AW6"/>
     <mergeCell ref="A7:AW7"/>
     <mergeCell ref="A8:AW8"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:I9"/>
     <mergeCell ref="J9:M9"/>
     <mergeCell ref="N9:Q9"/>
     <mergeCell ref="R9:U9"/>
     <mergeCell ref="V9:Y9"/>
     <mergeCell ref="Z9:AC9"/>
     <mergeCell ref="AD9:AG9"/>
     <mergeCell ref="AH9:AK9"/>
     <mergeCell ref="AL9:AO9"/>
     <mergeCell ref="AP9:AS9"/>
     <mergeCell ref="AT9:AW9"/>